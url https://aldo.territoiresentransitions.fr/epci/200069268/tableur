--- v0 (2025-10-07)
+++ v1 (2025-12-05)
@@ -375,51 +375,51 @@
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="2:3">
       <c r="B3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="2:3">
       <c r="B4" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="2:3">
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="6">
-        <v>45937.9854977</v>
+        <v>45996.8942899</v>
       </c>
     </row>
     <row r="6" spans="2:3">
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="3:3">
       <c r="C7" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="3:3">
       <c r="C8" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="3:3">
       <c r="C9" s="3" t="s">
         <v>12</v>
       </c>
     </row>