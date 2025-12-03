--- v0 (2025-10-11)
+++ v1 (2025-12-03)
@@ -331,51 +331,51 @@
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="2:3">
       <c r="B4" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="2:3">
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="2:3">
       <c r="B6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="6">
-        <v>45941.9466567</v>
+        <v>45994.9302732</v>
       </c>
     </row>
     <row r="8" spans="1:1">
       <c r="A8" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="2:3">
       <c r="B9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="2:3">
       <c r="B10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="n">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:1">
       <c r="A12" s="0" t="s">